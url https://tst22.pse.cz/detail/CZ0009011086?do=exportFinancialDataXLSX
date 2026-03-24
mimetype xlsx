--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -301,51 +301,51 @@
         <is>
           <t>roční výsledky ke dni uvedeném v tabulce</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2"/>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>data jsou v  tis. Kč</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2"/>
       <c r="B7" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Poslední aktualizace dat:</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>03.02.2026</t>
+          <t>23.03.2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2"/>
       <c r="B9" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>DISCLAIMER:</t>
         </is>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="80" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Finanční data jsou Burze cenných papírů Praha, a.s. poskytována jednotlivými emitenty a za jejich správnost ručí emitent. Data jsou čerpána z výročních zpráv, které jsou zveřejněny ve složce profil společnosti a reporty, a také na webové stránce emitenta: https://fixed.zone/pages/investorske-centrum. Burza cenných papírů Praha, a.s. neposkytuje za data žádné záruky, není zodpovědná za jakékoliv chyby nebo překlepy, nebo za jakákoliv rozhodnutí, založená na těchto datech. Více informací: https://www.pse.cz/pravni-informace.</t>
         </is>
       </c>
       <c r="B11" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
@@ -4804,214 +4804,214 @@
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="7" t="inlineStr">
         <is>
           <t>Rozpad</t>
         </is>
       </c>
       <c r="B1" s="8" t="inlineStr">
         <is>
-          <t>02.02.2026</t>
+          <t>20.03.2026</t>
         </is>
       </c>
       <c r="C1" s="9" t="inlineStr">
         <is>
           <t>31.12.2024</t>
         </is>
       </c>
       <c r="D1" s="9" t="inlineStr">
         <is>
           <t>31.12.2023</t>
         </is>
       </c>
       <c r="E1" s="9" t="inlineStr">
         <is>
           <t>31.12.2022</t>
         </is>
       </c>
       <c r="F1" s="9" t="inlineStr">
         <is>
           <t>31.12.2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="10" t="inlineStr">
         <is>
           <t>Tržní kapitalizace</t>
         </is>
       </c>
       <c r="B2" s="17" t="n">
-        <v>195536</v>
+        <v>128876</v>
       </c>
       <c r="C2" s="18" t="n">
         <v>306636</v>
       </c>
       <c r="D2" s="18" t="n">
         <v>417736</v>
       </c>
       <c r="E2" s="18" t="n">
         <v>417736</v>
       </c>
       <c r="F2" s="18" t="n">
         <v>791032</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="10" t="inlineStr">
         <is>
           <t>EBITDA</t>
         </is>
       </c>
       <c r="B3" s="17" t="n">
         <v>27728</v>
       </c>
       <c r="C3" s="18" t="n">
         <v>27728</v>
       </c>
       <c r="D3" s="18" t="n">
         <v>25416</v>
       </c>
       <c r="E3" s="18" t="n">
         <v>19283</v>
       </c>
       <c r="F3" s="18" t="n">
         <v>19750</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="10" t="inlineStr">
         <is>
           <t>P/E</t>
         </is>
       </c>
       <c r="B4" s="17" t="n">
-        <v>21.17</v>
+        <v>13.95</v>
       </c>
       <c r="C4" s="18" t="n">
         <v>33.2</v>
       </c>
       <c r="D4" s="18" t="n">
         <v>41.84</v>
       </c>
       <c r="E4" s="18" t="n">
         <v>35.67</v>
       </c>
       <c r="F4" s="18" t="n">
         <v>57.83</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="10" t="inlineStr">
         <is>
           <t>EV/EBITDA</t>
         </is>
       </c>
       <c r="B5" s="17" t="n">
-        <v>13.05</v>
+        <v>10.65</v>
       </c>
       <c r="C5" s="18" t="n">
         <v>17.06</v>
       </c>
       <c r="D5" s="18" t="n">
         <v>20.39</v>
       </c>
       <c r="E5" s="18" t="n">
         <v>25.87</v>
       </c>
       <c r="F5" s="18" t="n">
         <v>43.06</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="10" t="inlineStr">
         <is>
           <t>EV/Sales</t>
         </is>
       </c>
       <c r="B6" s="17" t="n">
-        <v>0.79</v>
+        <v>0.64</v>
       </c>
       <c r="C6" s="18" t="n">
         <v>1.03</v>
       </c>
       <c r="D6" s="18" t="n">
         <v>1.19</v>
       </c>
       <c r="E6" s="18" t="n">
         <v>1.37</v>
       </c>
       <c r="F6" s="18" t="n">
         <v>2.7</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="10" t="inlineStr">
         <is>
           <t>P/S</t>
         </is>
       </c>
       <c r="B7" s="17" t="n">
-        <v>0.43</v>
+        <v>0.28</v>
       </c>
       <c r="C7" s="18" t="n">
         <v>0.67</v>
       </c>
       <c r="D7" s="18" t="n">
         <v>0.96</v>
       </c>
       <c r="E7" s="18" t="n">
         <v>1.14</v>
       </c>
       <c r="F7" s="18" t="n">
         <v>2.51</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="10" t="inlineStr">
         <is>
           <t>P/B</t>
         </is>
       </c>
       <c r="B8" s="17" t="n">
-        <v>1.72</v>
+        <v>1.13</v>
       </c>
       <c r="C8" s="18" t="n">
         <v>2.7</v>
       </c>
       <c r="D8" s="18" t="n">
         <v>4</v>
       </c>
       <c r="E8" s="18" t="n">
         <v>4.13</v>
       </c>
       <c r="F8" s="18" t="n">
         <v>8.86</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="10" t="inlineStr">
         <is>
           <t>ROA</t>
         </is>
       </c>
       <c r="B9" s="17" t="n">
         <v>2.78</v>
       </c>
       <c r="C9" s="18" t="n">
         <v>2.78</v>