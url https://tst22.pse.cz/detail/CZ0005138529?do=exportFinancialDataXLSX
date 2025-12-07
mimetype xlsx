--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -301,51 +301,51 @@
         <is>
           <t>roční výsledky ke dni uvedeném v tabulce</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2"/>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>data jsou v  tis. Kč</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2"/>
       <c r="B7" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Poslední aktualizace dat:</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>07.10.2025</t>
+          <t>05.12.2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2"/>
       <c r="B9" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>DISCLAIMER:</t>
         </is>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="80" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Finanční data jsou Burze cenných papírů Praha, a.s. poskytována jednotlivými emitenty a za jejich správnost ručí emitent. Data jsou čerpána z výročních zpráv, které jsou zveřejněny ve složce profil společnosti a reporty, a také na webové stránce emitenta: https://www.hardwario.com/cs/investors. Burza cenných papírů Praha, a.s. neposkytuje za data žádné záruky, není zodpovědná za jakékoliv chyby nebo překlepy, nebo za jakákoliv rozhodnutí, založená na těchto datech. Více informací: https://www.pse.cz/pravni-informace.</t>
         </is>
       </c>
       <c r="B11" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
@@ -4291,204 +4291,204 @@
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="7" t="inlineStr">
         <is>
           <t>Rozpad</t>
         </is>
       </c>
       <c r="B1" s="8" t="inlineStr">
         <is>
-          <t>06.10.2025</t>
+          <t>04.12.2025</t>
         </is>
       </c>
       <c r="C1" s="9" t="inlineStr">
         <is>
           <t>31.12.2024</t>
         </is>
       </c>
       <c r="D1" s="9" t="inlineStr">
         <is>
           <t>31.12.2023</t>
         </is>
       </c>
       <c r="E1" s="9" t="inlineStr">
         <is>
           <t>31.12.2022</t>
         </is>
       </c>
       <c r="F1" s="9" t="inlineStr">
         <is>
           <t>31.12.2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="10" t="inlineStr">
         <is>
           <t>Tržní kapitalizace</t>
         </is>
       </c>
       <c r="B2" s="17" t="n">
-        <v>150665</v>
+        <v>143490</v>
       </c>
       <c r="C2" s="18" t="n">
         <v>133446</v>
       </c>
       <c r="D2" s="18" t="n">
         <v>157839</v>
       </c>
       <c r="E2" s="18" t="n">
         <v>232454</v>
       </c>
       <c r="F2" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="10" t="inlineStr">
         <is>
           <t>EBITDA</t>
         </is>
       </c>
       <c r="B3" s="17" t="n">
         <v>5052</v>
       </c>
       <c r="C3" s="18" t="n">
         <v>5052</v>
       </c>
       <c r="D3" s="18" t="n">
         <v>-2150</v>
       </c>
       <c r="E3" s="18" t="n">
         <v>-2404</v>
       </c>
       <c r="F3" s="18" t="n">
         <v>6522</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="10" t="inlineStr">
         <is>
           <t>P/E</t>
         </is>
       </c>
       <c r="B4" s="17" t="n">
-        <v>136.47</v>
+        <v>129.97</v>
       </c>
       <c r="C4" s="18" t="n">
         <v>120.87</v>
       </c>
       <c r="D4" s="18" t="n">
         <v>-24.86</v>
       </c>
       <c r="E4" s="18" t="n">
         <v>-38.76</v>
       </c>
       <c r="F4" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="10" t="inlineStr">
         <is>
           <t>EV/EBITDA</t>
         </is>
       </c>
       <c r="B5" s="17" t="n">
-        <v>28.27</v>
+        <v>26.85</v>
       </c>
       <c r="C5" s="18" t="n">
         <v>24.86</v>
       </c>
       <c r="D5" s="18" t="n">
         <v>-68.2</v>
       </c>
       <c r="E5" s="18" t="n">
         <v>-87.72</v>
       </c>
       <c r="F5" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="10" t="inlineStr">
         <is>
           <t>EV/Sales</t>
         </is>
       </c>
       <c r="B6" s="17" t="n">
-        <v>11.32</v>
+        <v>10.75</v>
       </c>
       <c r="C6" s="18" t="n">
         <v>9.95</v>
       </c>
       <c r="D6" s="18" t="n">
         <v>5.05</v>
       </c>
       <c r="E6" s="18" t="n">
         <v>10.6</v>
       </c>
       <c r="F6" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="10" t="inlineStr">
         <is>
           <t>P/S</t>
         </is>
       </c>
       <c r="B7" s="17" t="n">
-        <v>11.94</v>
+        <v>11.37</v>
       </c>
       <c r="C7" s="18" t="n">
         <v>10.57</v>
       </c>
       <c r="D7" s="18" t="n">
         <v>5.43</v>
       </c>
       <c r="E7" s="18" t="n">
         <v>11.68</v>
       </c>
       <c r="F7" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="10" t="inlineStr">
         <is>
           <t>P/B</t>
         </is>
       </c>
       <c r="B8" s="17" t="n">
-        <v>2.68</v>
+        <v>2.55</v>
       </c>
       <c r="C8" s="18" t="n">
         <v>2.38</v>
       </c>
       <c r="D8" s="18" t="n">
         <v>2.87</v>
       </c>
       <c r="E8" s="18" t="n">
         <v>3.33</v>
       </c>
       <c r="F8" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="10" t="inlineStr">
         <is>
           <t>ROA</t>
         </is>
       </c>
       <c r="B9" s="17" t="n">
         <v>1.65</v>
       </c>
       <c r="C9" s="18" t="n">
         <v>1.65</v>
       </c>
       <c r="D9" s="18" t="n">