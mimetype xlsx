--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -301,51 +301,51 @@
         <is>
           <t>roční výsledky ke dni uvedeném v tabulce</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2"/>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>data jsou v  tis. Kč</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2"/>
       <c r="B7" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Poslední aktualizace dat:</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>05.12.2025</t>
+          <t>03.02.2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2"/>
       <c r="B9" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>DISCLAIMER:</t>
         </is>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="80" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Finanční data jsou Burze cenných papírů Praha, a.s. poskytována jednotlivými emitenty a za jejich správnost ručí emitent. Data jsou čerpána z výročních zpráv, které jsou zveřejněny ve složce profil společnosti a reporty, a také na webové stránce emitenta: https://www.hardwario.com/cs/investors. Burza cenných papírů Praha, a.s. neposkytuje za data žádné záruky, není zodpovědná za jakékoliv chyby nebo překlepy, nebo za jakákoliv rozhodnutí, založená na těchto datech. Více informací: https://www.pse.cz/pravni-informace.</t>
         </is>
       </c>
       <c r="B11" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
@@ -3086,70 +3086,70 @@
       <c r="A63" s="15" t="inlineStr">
         <is>
           <t>Jiné závazky</t>
         </is>
       </c>
       <c r="B63" s="11" t="n">
         <v>33</v>
       </c>
       <c r="C63" s="12" t="n">
         <v>892</v>
       </c>
       <c r="D63" s="12" t="n">
         <v>1900</v>
       </c>
       <c r="E63" s="12" t="n">
         <v>1116</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="10" t="inlineStr">
         <is>
           <t>Časové rozlišení pasiv</t>
         </is>
       </c>
       <c r="B64" s="11" t="n">
-        <v>732</v>
+        <v>0</v>
       </c>
       <c r="C64" s="12" t="n">
         <v>732</v>
       </c>
       <c r="D64" s="12" t="n">
         <v>98</v>
       </c>
       <c r="E64" s="12" t="n">
         <v>40</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="13" t="inlineStr">
         <is>
           <t>Výdaje příštích období</t>
         </is>
       </c>
       <c r="B65" s="11" t="n">
-        <v>732</v>
+        <v>0</v>
       </c>
       <c r="C65" s="12" t="n">
         <v>732</v>
       </c>
       <c r="D65" s="12" t="n">
         <v>98</v>
       </c>
       <c r="E65" s="12" t="n">
         <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="13" t="inlineStr">
         <is>
           <t>Výnosy příštích období </t>
         </is>
       </c>
       <c r="B66" s="11" t="n">
         <v>0</v>
       </c>
       <c r="C66" s="12" t="n">
         <v>0</v>
       </c>
       <c r="D66" s="12" t="n">
         <v>0</v>
@@ -3198,51 +3198,51 @@
         </is>
       </c>
       <c r="C1" s="9" t="inlineStr">
         <is>
           <t>31.12.2023</t>
         </is>
       </c>
       <c r="D1" s="9" t="inlineStr">
         <is>
           <t>31.12.2022</t>
         </is>
       </c>
       <c r="E1" s="9" t="inlineStr">
         <is>
           <t>31.12.2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="10" t="inlineStr">
         <is>
           <t>Tržby za prodej výrobků a služeb</t>
         </is>
       </c>
       <c r="B2" s="11" t="n">
-        <v>3220</v>
+        <v>33220</v>
       </c>
       <c r="C2" s="12" t="n">
         <v>29046</v>
       </c>
       <c r="D2" s="12" t="n">
         <v>14894</v>
       </c>
       <c r="E2" s="12" t="n">
         <v>17624</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="10" t="inlineStr">
         <is>
           <t>Tržby za prodej zboží </t>
         </is>
       </c>
       <c r="B3" s="11" t="n">
         <v>9400</v>
       </c>
       <c r="C3" s="12" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="12" t="n">
         <v>5000</v>
@@ -4291,204 +4291,204 @@
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="7" t="inlineStr">
         <is>
           <t>Rozpad</t>
         </is>
       </c>
       <c r="B1" s="8" t="inlineStr">
         <is>
-          <t>04.12.2025</t>
+          <t>02.02.2026</t>
         </is>
       </c>
       <c r="C1" s="9" t="inlineStr">
         <is>
           <t>31.12.2024</t>
         </is>
       </c>
       <c r="D1" s="9" t="inlineStr">
         <is>
           <t>31.12.2023</t>
         </is>
       </c>
       <c r="E1" s="9" t="inlineStr">
         <is>
           <t>31.12.2022</t>
         </is>
       </c>
       <c r="F1" s="9" t="inlineStr">
         <is>
           <t>31.12.2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="10" t="inlineStr">
         <is>
           <t>Tržní kapitalizace</t>
         </is>
       </c>
       <c r="B2" s="17" t="n">
-        <v>143490</v>
+        <v>198016</v>
       </c>
       <c r="C2" s="18" t="n">
         <v>133446</v>
       </c>
       <c r="D2" s="18" t="n">
         <v>157839</v>
       </c>
       <c r="E2" s="18" t="n">
         <v>232454</v>
       </c>
       <c r="F2" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="10" t="inlineStr">
         <is>
           <t>EBITDA</t>
         </is>
       </c>
       <c r="B3" s="17" t="n">
         <v>5052</v>
       </c>
       <c r="C3" s="18" t="n">
         <v>5052</v>
       </c>
       <c r="D3" s="18" t="n">
         <v>-2150</v>
       </c>
       <c r="E3" s="18" t="n">
         <v>-2404</v>
       </c>
       <c r="F3" s="18" t="n">
         <v>6522</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="10" t="inlineStr">
         <is>
           <t>P/E</t>
         </is>
       </c>
       <c r="B4" s="17" t="n">
-        <v>129.97</v>
+        <v>179.36</v>
       </c>
       <c r="C4" s="18" t="n">
         <v>120.87</v>
       </c>
       <c r="D4" s="18" t="n">
         <v>-24.86</v>
       </c>
       <c r="E4" s="18" t="n">
         <v>-38.76</v>
       </c>
       <c r="F4" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="10" t="inlineStr">
         <is>
           <t>EV/EBITDA</t>
         </is>
       </c>
       <c r="B5" s="17" t="n">
-        <v>26.85</v>
+        <v>37.64</v>
       </c>
       <c r="C5" s="18" t="n">
         <v>24.86</v>
       </c>
       <c r="D5" s="18" t="n">
         <v>-68.2</v>
       </c>
       <c r="E5" s="18" t="n">
         <v>-87.72</v>
       </c>
       <c r="F5" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="10" t="inlineStr">
         <is>
           <t>EV/Sales</t>
         </is>
       </c>
       <c r="B6" s="17" t="n">
-        <v>10.75</v>
+        <v>4.46</v>
       </c>
       <c r="C6" s="18" t="n">
-        <v>9.95</v>
+        <v>2.95</v>
       </c>
       <c r="D6" s="18" t="n">
         <v>5.05</v>
       </c>
       <c r="E6" s="18" t="n">
         <v>10.6</v>
       </c>
       <c r="F6" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="10" t="inlineStr">
         <is>
           <t>P/S</t>
         </is>
       </c>
       <c r="B7" s="17" t="n">
-        <v>11.37</v>
+        <v>4.65</v>
       </c>
       <c r="C7" s="18" t="n">
-        <v>10.57</v>
+        <v>3.13</v>
       </c>
       <c r="D7" s="18" t="n">
         <v>5.43</v>
       </c>
       <c r="E7" s="18" t="n">
         <v>11.68</v>
       </c>
       <c r="F7" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="10" t="inlineStr">
         <is>
           <t>P/B</t>
         </is>
       </c>
       <c r="B8" s="17" t="n">
-        <v>2.55</v>
+        <v>3.52</v>
       </c>
       <c r="C8" s="18" t="n">
         <v>2.38</v>
       </c>
       <c r="D8" s="18" t="n">
         <v>2.87</v>
       </c>
       <c r="E8" s="18" t="n">
         <v>3.33</v>
       </c>
       <c r="F8" s="18"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="10" t="inlineStr">
         <is>
           <t>ROA</t>
         </is>
       </c>
       <c r="B9" s="17" t="n">
         <v>1.65</v>
       </c>
       <c r="C9" s="18" t="n">
         <v>1.65</v>
       </c>
       <c r="D9" s="18" t="n">