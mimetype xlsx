--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -301,51 +301,51 @@
         <is>
           <t>annual results as of the date shown in the table</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2"/>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>data are in thous. CZK</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2"/>
       <c r="B7" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Last updated:</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>03.02.2026</t>
+          <t>20.03.2026</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2"/>
       <c r="B9" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>DISCLAIMER:</t>
         </is>
       </c>
       <c r="B10" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="true" hidden="false" ht="80" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Financial data are provided to Prague Stock Exchange, a.s. by individual issuers who are responsible for their accuracy. Data are taken from the issuers´ annual reports which are published in the company profile&amp;reports section, and also on the issuer´s website: https://www.atomtrace.com/topics/investors/. Prague Stock Exchange, a.s. does not provide any guarantees for the published data, is not responsible for any typing errors or omissions, or for any decisions taken on such data. More information: https://www.pse.cz/en/legal-information.</t>
         </is>
       </c>
       <c r="B11" s="5"/>
     </row>
   </sheetData>
   <mergeCells>
@@ -4291,214 +4291,214 @@
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="7" t="inlineStr">
         <is>
           <t>Breakdown</t>
         </is>
       </c>
       <c r="B1" s="8" t="inlineStr">
         <is>
-          <t>02.02.2026</t>
+          <t>19.03.2026</t>
         </is>
       </c>
       <c r="C1" s="9" t="inlineStr">
         <is>
           <t>31.12.2024</t>
         </is>
       </c>
       <c r="D1" s="9" t="inlineStr">
         <is>
           <t>31.12.2023</t>
         </is>
       </c>
       <c r="E1" s="9" t="inlineStr">
         <is>
           <t>31.12.2022</t>
         </is>
       </c>
       <c r="F1" s="9" t="inlineStr">
         <is>
           <t>31.12.2021</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="10" t="inlineStr">
         <is>
           <t>Market capitalization</t>
         </is>
       </c>
       <c r="B2" s="17" t="n">
-        <v>135563</v>
+        <v>78714</v>
       </c>
       <c r="C2" s="18" t="n">
         <v>139936</v>
       </c>
       <c r="D2" s="18" t="n">
         <v>192412</v>
       </c>
       <c r="E2" s="18" t="n">
         <v>174920</v>
       </c>
       <c r="F2" s="18" t="n">
         <v>173600</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="10" t="inlineStr">
         <is>
           <t>EBITDA</t>
         </is>
       </c>
       <c r="B3" s="17" t="n">
         <v>-21412</v>
       </c>
       <c r="C3" s="18" t="n">
         <v>-21412</v>
       </c>
       <c r="D3" s="18" t="n">
         <v>2092</v>
       </c>
       <c r="E3" s="18" t="n">
         <v>-17831</v>
       </c>
       <c r="F3" s="18" t="n">
         <v>-19272</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="10" t="inlineStr">
         <is>
           <t>P/E</t>
         </is>
       </c>
       <c r="B4" s="17" t="n">
-        <v>-5.24</v>
+        <v>-3.05</v>
       </c>
       <c r="C4" s="18" t="n">
         <v>-5.41</v>
       </c>
       <c r="D4" s="18" t="n">
         <v>146.88</v>
       </c>
       <c r="E4" s="18" t="n">
         <v>-9.51</v>
       </c>
       <c r="F4" s="18" t="n">
         <v>-8.61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="10" t="inlineStr">
         <is>
           <t>EV/EBITDA</t>
         </is>
       </c>
       <c r="B5" s="17" t="n">
-        <v>-6.45</v>
+        <v>-3.79</v>
       </c>
       <c r="C5" s="18" t="n">
         <v>-6.65</v>
       </c>
       <c r="D5" s="18" t="n">
         <v>91.6</v>
       </c>
       <c r="E5" s="18" t="n">
         <v>-10.3</v>
       </c>
       <c r="F5" s="18" t="n">
         <v>-10.15</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="10" t="inlineStr">
         <is>
           <t>EV/Sales</t>
         </is>
       </c>
       <c r="B6" s="17" t="n">
-        <v>32.44</v>
+        <v>19.08</v>
       </c>
       <c r="C6" s="18" t="n">
         <v>33.46</v>
       </c>
       <c r="D6" s="18" t="n">
         <v>8.99</v>
       </c>
       <c r="E6" s="18" t="n">
         <v>1321.55</v>
       </c>
       <c r="F6" s="18" t="n">
         <v>38.95</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="10" t="inlineStr">
         <is>
           <t>P/S</t>
         </is>
       </c>
       <c r="B7" s="17" t="n">
-        <v>31.86</v>
+        <v>18.5</v>
       </c>
       <c r="C7" s="18" t="n">
         <v>32.89</v>
       </c>
       <c r="D7" s="18" t="n">
         <v>9.03</v>
       </c>
       <c r="E7" s="18" t="n">
         <v>1258.42</v>
       </c>
       <c r="F7" s="18" t="n">
         <v>34.58</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="10" t="inlineStr">
         <is>
           <t>P/B</t>
         </is>
       </c>
       <c r="B8" s="17" t="n">
-        <v>-24.66</v>
+        <v>-14.32</v>
       </c>
       <c r="C8" s="18" t="n">
         <v>-25.46</v>
       </c>
       <c r="D8" s="18" t="n">
         <v>9.46</v>
       </c>
       <c r="E8" s="18" t="n">
         <v>8.14</v>
       </c>
       <c r="F8" s="18" t="n">
         <v>-8.63</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="10" t="inlineStr">
         <is>
           <t>ROA</t>
         </is>
       </c>
       <c r="B9" s="17" t="n">
         <v>-263.5</v>
       </c>
       <c r="C9" s="18" t="n">
         <v>-263.5</v>